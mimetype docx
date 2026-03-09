--- v0 (2025-12-24)
+++ v1 (2026-03-09)
@@ -286,51 +286,51 @@
       </w:r>
       <w:r w:rsidRPr="00F863CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A42B2D" w14:textId="77777777" w:rsidR="00DA47AB" w:rsidRPr="00F863CC" w:rsidRDefault="00DA47AB" w:rsidP="00DA47AB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F7AFED8" w14:textId="2173CEEF" w:rsidR="00D5179E" w:rsidRDefault="00DA47AB" w:rsidP="00DA47AB">
+    <w:p w14:paraId="0F7AFED8" w14:textId="0896D18A" w:rsidR="00D5179E" w:rsidRDefault="00DA47AB" w:rsidP="00DA47AB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="3402"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F863CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F863CC">
         <w:rPr>
@@ -429,75 +429,73 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00600805">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">requerer </w:t>
       </w:r>
       <w:r w:rsidR="00F863CC" w:rsidRPr="00F863CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">a indicação da Leiloeira Oficial Dora </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>a indicação da Leiloeira Oficial Dora Plat</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – CPF: 070.809.068-06,</w:t>
+      </w:r>
       <w:r w:rsidR="00F863CC" w:rsidRPr="00F863CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Plat</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, inscrita na </w:t>
+        <w:t xml:space="preserve"> inscrita na </w:t>
       </w:r>
       <w:r w:rsidR="00AE7188" w:rsidRPr="00AE7188">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>JUCERJA.RJ</w:t>
       </w:r>
       <w:r w:rsidR="00F863CC" w:rsidRPr="00F863CC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> sob o n</w:t>
@@ -995,65 +993,65 @@
     <w:p w14:paraId="640B3B6D" w14:textId="32E8B304" w:rsidR="00E477DB" w:rsidRPr="00F863CC" w:rsidRDefault="00E477DB" w:rsidP="009D15B8">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="3402"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E477DB" w:rsidRPr="00F863CC" w:rsidSect="0006049D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="744596B2" w14:textId="77777777" w:rsidR="004D481C" w:rsidRDefault="004D481C" w:rsidP="0079355F">
+    <w:p w14:paraId="76C1C7A2" w14:textId="77777777" w:rsidR="00774EFE" w:rsidRDefault="00774EFE" w:rsidP="0079355F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D7B1B42" w14:textId="77777777" w:rsidR="004D481C" w:rsidRDefault="004D481C" w:rsidP="0079355F">
+    <w:p w14:paraId="43909EBC" w14:textId="77777777" w:rsidR="00774EFE" w:rsidRDefault="00774EFE" w:rsidP="0079355F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="51810F53" w14:textId="77777777" w:rsidR="004D481C" w:rsidRDefault="004D481C"/>
+    <w:p w14:paraId="42EA0512" w14:textId="77777777" w:rsidR="00774EFE" w:rsidRDefault="00774EFE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1071,65 +1069,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="122C5E61" w14:textId="77777777" w:rsidR="004D481C" w:rsidRDefault="004D481C" w:rsidP="0079355F">
+    <w:p w14:paraId="1F19C953" w14:textId="77777777" w:rsidR="00774EFE" w:rsidRDefault="00774EFE" w:rsidP="0079355F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26CC3CAE" w14:textId="77777777" w:rsidR="004D481C" w:rsidRDefault="004D481C" w:rsidP="0079355F">
+    <w:p w14:paraId="1C6F7F64" w14:textId="77777777" w:rsidR="00774EFE" w:rsidRDefault="00774EFE" w:rsidP="0079355F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="40952A14" w14:textId="77777777" w:rsidR="004D481C" w:rsidRDefault="004D481C"/>
+    <w:p w14:paraId="79D4A8B7" w14:textId="77777777" w:rsidR="00774EFE" w:rsidRDefault="00774EFE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="262A5BB1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBB4C078"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="Article %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:isLgl/>
       <w:lvlText w:val="Section %1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -1981,51 +1979,51 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="938369869">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="473252593">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1772318213">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1053118804">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="552424503">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="841824252">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0079355F"/>
     <w:rsid w:val="00023828"/>
     <w:rsid w:val="00030042"/>
@@ -2038,79 +2036,82 @@
     <w:rsid w:val="001276D9"/>
     <w:rsid w:val="0013220A"/>
     <w:rsid w:val="001524CE"/>
     <w:rsid w:val="00162F29"/>
     <w:rsid w:val="001931C7"/>
     <w:rsid w:val="001E426E"/>
     <w:rsid w:val="001F7C1F"/>
     <w:rsid w:val="00217254"/>
     <w:rsid w:val="00217F1F"/>
     <w:rsid w:val="0023467A"/>
     <w:rsid w:val="00267F04"/>
     <w:rsid w:val="00270F9F"/>
     <w:rsid w:val="002907D1"/>
     <w:rsid w:val="00293282"/>
     <w:rsid w:val="002A6748"/>
     <w:rsid w:val="002C3A84"/>
     <w:rsid w:val="002D3145"/>
     <w:rsid w:val="002F6AAC"/>
     <w:rsid w:val="003027E8"/>
     <w:rsid w:val="003214BD"/>
     <w:rsid w:val="0032232E"/>
     <w:rsid w:val="00351DE2"/>
     <w:rsid w:val="00376388"/>
     <w:rsid w:val="003C25FC"/>
     <w:rsid w:val="003C5D30"/>
+    <w:rsid w:val="003D1A28"/>
     <w:rsid w:val="003D1DDA"/>
     <w:rsid w:val="003F780A"/>
     <w:rsid w:val="00411292"/>
+    <w:rsid w:val="00486DE6"/>
     <w:rsid w:val="004C472B"/>
     <w:rsid w:val="004C6EF0"/>
     <w:rsid w:val="004D481C"/>
     <w:rsid w:val="004E45BE"/>
     <w:rsid w:val="004F426B"/>
     <w:rsid w:val="004F764B"/>
     <w:rsid w:val="005524D9"/>
     <w:rsid w:val="005725BE"/>
     <w:rsid w:val="00591805"/>
     <w:rsid w:val="005A5438"/>
     <w:rsid w:val="005A6072"/>
     <w:rsid w:val="005D57AC"/>
     <w:rsid w:val="00600805"/>
     <w:rsid w:val="0060107F"/>
     <w:rsid w:val="00614AA6"/>
     <w:rsid w:val="00616C70"/>
     <w:rsid w:val="00665D32"/>
     <w:rsid w:val="00665DC8"/>
     <w:rsid w:val="0069023F"/>
     <w:rsid w:val="006A6BFA"/>
     <w:rsid w:val="007059F2"/>
     <w:rsid w:val="00720626"/>
     <w:rsid w:val="00736EE5"/>
     <w:rsid w:val="0073772F"/>
     <w:rsid w:val="00761EA3"/>
     <w:rsid w:val="00770614"/>
+    <w:rsid w:val="00774EFE"/>
     <w:rsid w:val="0079355F"/>
     <w:rsid w:val="007B167C"/>
     <w:rsid w:val="007B1A63"/>
     <w:rsid w:val="0084297A"/>
     <w:rsid w:val="00844600"/>
     <w:rsid w:val="0086141C"/>
     <w:rsid w:val="00865A05"/>
     <w:rsid w:val="008C1821"/>
     <w:rsid w:val="008C60AB"/>
     <w:rsid w:val="008D17F5"/>
     <w:rsid w:val="008D2A58"/>
     <w:rsid w:val="008E0F7C"/>
     <w:rsid w:val="008E5BE7"/>
     <w:rsid w:val="00912143"/>
     <w:rsid w:val="00927851"/>
     <w:rsid w:val="009309F1"/>
     <w:rsid w:val="009416FF"/>
     <w:rsid w:val="00977BC1"/>
     <w:rsid w:val="009813B8"/>
     <w:rsid w:val="009C49F7"/>
     <w:rsid w:val="009D15B8"/>
     <w:rsid w:val="00A03471"/>
     <w:rsid w:val="00A15316"/>
     <w:rsid w:val="00A2474D"/>
     <w:rsid w:val="00A303F7"/>
@@ -3327,75 +3328,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>172</Words>
-  <Characters>933</Characters>
+  <Words>176</Words>
+  <Characters>951</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1103</CharactersWithSpaces>
+  <CharactersWithSpaces>1125</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>3080297</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.tjsp.jus.br/AuxiliaresdaJustica</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3407919</vt:i4>
       </vt:variant>
       <vt:variant>